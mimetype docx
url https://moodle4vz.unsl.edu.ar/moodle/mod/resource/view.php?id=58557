--- v0 (2025-10-15)
+++ v1 (2026-03-19)
@@ -34,50 +34,52 @@
       <w:pPr>
         <w:pageBreakBefore/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="bookmark=id.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>FORMULARIO DE PRESENTACIÓN DE UN CURSO DE POSGRADO</w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="7108F8BD" w14:textId="77777777" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">IDENTIFICACIÓN DEL CURSO </w:t>
       </w:r>
@@ -145,86 +147,81 @@
     </w:p>
     <w:p w14:paraId="0485AA47" w14:textId="77777777" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CATEGORIZACIÓN DEL CURSO (Perfeccionamiento o Capacitación): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Capacitación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E217A0" w14:textId="56474DF5" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
+    <w:p w14:paraId="16E217A0" w14:textId="0A6E21EB" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F35288">
         <w:t xml:space="preserve">FECHA DE DICTADO: </w:t>
       </w:r>
       <w:r w:rsidR="00F35288">
         <w:t xml:space="preserve">Marzo de </w:t>
       </w:r>
-      <w:r w:rsidR="0041632E">
-        <w:t xml:space="preserve"> 2025</w:t>
+      <w:r w:rsidR="00B308F3">
+        <w:t xml:space="preserve"> 2026</w:t>
       </w:r>
       <w:r w:rsidR="00F35288">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0041632E">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> y 28 de Marzo 2025</w:t>
+      <w:r w:rsidR="00B308F3">
+        <w:t xml:space="preserve"> (13, 16,20 y 27 de Marzo 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00F608A9">
+        <w:t>)- 7 de Abril 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB10095" w14:textId="1D891473" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>MODALIDAD DE DICTADO</w:t>
       </w:r>
       <w:r w:rsidR="00F35288">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a Distancia): </w:t>
       </w:r>
@@ -743,69 +740,69 @@
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Categoría en el Programa de Incentivos: --</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4918E0" w14:textId="77777777" w:rsidR="00E965B7" w:rsidRDefault="00E965B7" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="224C1880" w14:textId="4D259F84" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
+    <w:p w14:paraId="224C1880" w14:textId="4F0277FC" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>APE</w:t>
       </w:r>
-      <w:r w:rsidR="001565FC">
-        <w:t>LLIDO Y NOMBRE DEL AUXILIAR</w:t>
+      <w:r w:rsidR="00B308F3">
+        <w:t>LLIDO Y NOMBRE DEL COLABORADOR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="630D39ED" w14:textId="3BC4B34E" w:rsidR="001565FC" w:rsidRDefault="001565FC" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Esp. Aida </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>A.Spinosa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
@@ -2766,52 +2763,50 @@
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“EVALUACION OPERACIONAL Y FINANCIERA” (Aplicada a la industria Hotelera) de Adolfo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Scheel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mayenberger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Universidad Externado de Colombia. 2005. Cap. 5.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="279E2CC2" w14:textId="77777777" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“FINANZAS PARA NO FINANCIEROS EN LA HOSTELERIA” de Joseph </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Cerveró</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Puig. Editorial Ciencias de la Dirección, Madrid. 1996. Cap. 4. </w:t>
@@ -2843,62 +2838,62 @@
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E965B7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2248" w:right="1416" w:bottom="851" w:left="1418" w:header="568" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2374C86A" w14:textId="77777777" w:rsidR="00D0729D" w:rsidRDefault="00D0729D" w:rsidP="00F22FBC">
+    <w:p w14:paraId="15AAFFC4" w14:textId="77777777" w:rsidR="003A5654" w:rsidRDefault="003A5654" w:rsidP="00F22FBC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AB80AF2" w14:textId="77777777" w:rsidR="00D0729D" w:rsidRDefault="00D0729D" w:rsidP="00F22FBC">
+    <w:p w14:paraId="3E4F7B77" w14:textId="77777777" w:rsidR="003A5654" w:rsidRDefault="003A5654" w:rsidP="00F22FBC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
@@ -3171,62 +3166,62 @@
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F33647D" w14:textId="77777777" w:rsidR="00D0729D" w:rsidRDefault="00D0729D" w:rsidP="00F22FBC">
+    <w:p w14:paraId="1B50C399" w14:textId="77777777" w:rsidR="003A5654" w:rsidRDefault="003A5654" w:rsidP="00F22FBC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64AF6D54" w14:textId="77777777" w:rsidR="00D0729D" w:rsidRDefault="00D0729D" w:rsidP="00F22FBC">
+    <w:p w14:paraId="51605C72" w14:textId="77777777" w:rsidR="003A5654" w:rsidRDefault="003A5654" w:rsidP="00F22FBC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="5C2D8D7C" w14:textId="77777777" w:rsidR="00E965B7" w:rsidRDefault="00744020" w:rsidP="00F22FBC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
@@ -3810,67 +3805,71 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E965B7"/>
     <w:rsid w:val="00026D58"/>
+    <w:rsid w:val="00090A79"/>
     <w:rsid w:val="000F4F22"/>
     <w:rsid w:val="0014174D"/>
     <w:rsid w:val="001565FC"/>
     <w:rsid w:val="0034149D"/>
+    <w:rsid w:val="003A5654"/>
     <w:rsid w:val="0041632E"/>
     <w:rsid w:val="00744020"/>
     <w:rsid w:val="008332D2"/>
     <w:rsid w:val="008903AE"/>
+    <w:rsid w:val="00B308F3"/>
     <w:rsid w:val="00B5478F"/>
     <w:rsid w:val="00BF597C"/>
     <w:rsid w:val="00CC046E"/>
     <w:rsid w:val="00D0729D"/>
     <w:rsid w:val="00E952FC"/>
     <w:rsid w:val="00E965B7"/>
     <w:rsid w:val="00F22FBC"/>
     <w:rsid w:val="00F35288"/>
     <w:rsid w:val="00F35E45"/>
+    <w:rsid w:val="00F608A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="28D69291"/>
@@ -7381,65 +7380,65 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miSIoXtIJlYVtPtva1t3ZwFA5317g==">AMUW2mVK36GsMv1wb/D7Lmi3FnaMnhA0q7CzgKana7WCas3BgELyuvY2U9rMJBLOFJpSGeA0pFr1OSd0r1ZNPV7I+T2ImBLH1Jl45LvfsSZCVB++v7BkF1sDnM1NOL5yAuS568sMJaEU</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2204</Words>
-  <Characters>12127</Characters>
+  <Words>2208</Words>
+  <Characters>12146</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>101</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lobillo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14303</CharactersWithSpaces>
+  <CharactersWithSpaces>14326</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>marcela</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>